--- v0 (2025-12-16)
+++ v1 (2026-03-14)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="547" uniqueCount="264">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="552" uniqueCount="266">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias/Autor/Nome do Autor</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -797,50 +797,56 @@
     <t>Discussão e votação da Ata Eletrônica da 45ª Sessão Ordinária da 1ª Sessão Legislativa da 10ª Legislatura.</t>
   </si>
   <si>
     <t>http://64.23.136.137/sapl/public/materialegislativa/2025/526/ata_46.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 45ª Sessão Ordinária da 1ª Sessão Legislativa da 10ª Legislatura.</t>
   </si>
   <si>
     <t>http://64.23.136.137/sapl/public/materialegislativa/2025/528/ata_47.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 47ª Sessão Ordinária da 1ª Sessão Legislativa da 10ª Legislatura.</t>
   </si>
   <si>
     <t>http://64.23.136.137/sapl/public/materialegislativa/2025/529/ata_48.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 48ª Sessão Ordinária da 1ª Sessão Legislativa da 10ª Legislatura.</t>
   </si>
   <si>
     <t>http://64.23.136.137/sapl/public/materialegislativa/2025/532/ata_49.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 49ª Sessão Ordinária da 1ª Sessão Legislativa da 10ª Legislatura.</t>
+  </si>
+  <si>
+    <t>http://64.23.136.137/sapl/public/materialegislativa/2025/533/ata_50_1.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 50ª Sessão Ordinária da 1ª Sessão Legislativa da 10ª Legislatura.</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>http://64.23.136.137/sapl/public/materialegislativa/2025/163/projeto_de_lei_complementar_001-2025.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação de Créditos Fiscais – REFIS/2025, e adota outras providências..</t>
   </si>
   <si>
     <t>http://64.23.136.137/sapl/public/materialegislativa/2025/164/projeto_de_lei_complementar_002-2025.pdf</t>
   </si>
   <si>
     <t>Acrescenta Cargo e Vagas no Grupo 4 do Anexo I da Lei nº. 311, de 04/04/2012, e adota outras providências.</t>
   </si>
   <si>
     <t>http://64.23.136.137/sapl/public/materialegislativa/2025/29/plc_no._003_de_10-03-2025_-_piso_salarial_-_educacao.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar que altera tabela 1 do anexo II, tabela 2 do anexo I, tabela 1 do anexo III, tabela 1 do anexo IV e tabela 2 do anexo II, da Lei municipal 277, de 18 de dezembro de 2009.</t>
   </si>
@@ -1183,56 +1189,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/317/indicacao_14_deivid_.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/325/indicacao_15_valdeir_.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/326/indicacao_no_017-2025-_vale_alimentacao_servidores.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/327/indicacao_17_warlyton_.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/333/indicacao_no_018-_revogar__lei_382-_valdeir.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/339/indicacao_21_zogo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/519/indicacao_no_024-2025-_casa_de_velorio.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/27/mocao_de_aplausos_001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/318/mocao_de_aplausos_02.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/466/mocao_de_aplausos_003.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/510/mocao_de_aplausos_004-2025_deivid.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/282/parecer_001.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/283/parecer_002.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/284/parecer_003.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/285/parecer_004.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/286/parecer_005.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/287/parecer_008.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/288/parecer_009.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/321/parecer_no_012-_25_conjunto_comissoes_-_plc_no_004-25_restruturacao.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/502/parecer_no_021-25_pr_05-25_feriado.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/530/parecer_no_029-conjunto_comissoes_-_pl_no_014-25_seguranca_alimentar.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/531/parecer_no_030-conjunto_comissoes_-_pl_no_015-25_aaltera_a_lei_411.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/457/veto_integral_-_autografo_no._012-2025_-_cria_despesa.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/332/projeto_de_resolucao_no_003-2025-_altera_o_pccr1.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/351/projeto_resolucao_no_004_doacao_do_predio_da_camara.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/384/decreto_legislativo_-titulo_de_cidadao_marcos.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/511/parecer_n._22._pd_2.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/159/projeto_de_lei_001-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/160/projeto_de_lei_002-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/161/projeto_de_lei_003-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/162/projeto_de_lei_004-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/30/pl_no._005_de_10-03-2025-_altera_a_lei_contrato_temporario.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/348/pl_no._006_de_29-05-2025-_ratifica_protocolo_de_intencoes.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/451/pl_no._007_de_02-06-2025_-_leilao_1.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/460/pl_no._008_de_04-08-2025_-_doacao_de_veiculo_para_a_camara.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/521/projeto_de_lei__no_009_2025_ppa_de_2026_2029.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/522/projeto_de_lei__no_010_2025__da_ldo_de_2026.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/523/projeto_de_lei_011_2025_loa_de_2026.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/516/12._pl_no._012_de_28-10-2025_-_beneficio_fiscal_minha_casa_minha_vida.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/517/13._pl_no._013_de_28-10-2025_-_permissao_de_uso_raquel.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/158/projeto_de_lei__001-2025-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/349/projeto_de_lei_no_003-2025-_licenca_perido_mestrual_legislativo.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/350/projeto_de_lei_no_004-2025_transtorno_do_deficit_de_atencao_-_tda1_legislativo.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/501/projeto_de_lei_no_005-_feriado_municipal_legislativo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/514/projeto_de_lei_no_006-_proibicao_maus_tratos_animais.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/7/requerimento_05-_edivania.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/8/requerimento_06-_juninho.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/6/requerimento_05-2025-_erivando_e_miriam.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/315/requerimento_12_valdeir.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/323/requerimento_15_zogo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/324/requerimento_16_juninho_.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/329/requerimento_17_warlyton.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/328/requerimento_18_erivando_.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/334/requerimento_19_juninho_.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/417/requerimento_20_erivando.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/508/requerimento_021-2025_zogo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/527/requerimento_22_zogo.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/24/ata_2.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/25/ata_3.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/26/ata_4.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/28/ata_5_1.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/270/ata_10.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/322/ata_11.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/330/ata_12.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/331/ata_13.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/335/ata_14.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/336/ata_15.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/338/ata_16.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/341/ata_17.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/343/ata_18.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/345/ata_19.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/346/ata__20.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/450/ata_n._22.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/452/ata_23.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/455/ata_24.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/456/ata_25.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/458/ata_26.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/461/ata_27.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/463/ata_28.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/464/ata_29a.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/465/ata_30.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/467/ata_31.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/500/ata_32.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/503/ata_33.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/504/ata_34.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/505/ata_35.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/506/ata_36a.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/507/ata_37.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/509/ata_38.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/512/ata_39.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/513/ata_40.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/515/ata_41.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/518/ata_42_completa.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/520/ata_43.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/524/ata_44.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/525/ata_45.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/526/ata_46.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/528/ata_47.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/529/ata_48.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/532/ata_49.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/163/projeto_de_lei_complementar_001-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/164/projeto_de_lei_complementar_002-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/29/plc_no._003_de_10-03-2025_-_piso_salarial_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/319/plc_no._004_-_estrutura_administrativa.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/462/veto_integral_-_autografo_no._012-2025_-_cria_despesa.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/317/indicacao_14_deivid_.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/325/indicacao_15_valdeir_.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/326/indicacao_no_017-2025-_vale_alimentacao_servidores.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/327/indicacao_17_warlyton_.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/333/indicacao_no_018-_revogar__lei_382-_valdeir.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/339/indicacao_21_zogo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/519/indicacao_no_024-2025-_casa_de_velorio.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/27/mocao_de_aplausos_001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/318/mocao_de_aplausos_02.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/466/mocao_de_aplausos_003.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/510/mocao_de_aplausos_004-2025_deivid.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/282/parecer_001.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/283/parecer_002.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/284/parecer_003.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/285/parecer_004.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/286/parecer_005.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/287/parecer_008.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/288/parecer_009.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/321/parecer_no_012-_25_conjunto_comissoes_-_plc_no_004-25_restruturacao.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/502/parecer_no_021-25_pr_05-25_feriado.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/530/parecer_no_029-conjunto_comissoes_-_pl_no_014-25_seguranca_alimentar.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/531/parecer_no_030-conjunto_comissoes_-_pl_no_015-25_aaltera_a_lei_411.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/457/veto_integral_-_autografo_no._012-2025_-_cria_despesa.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/332/projeto_de_resolucao_no_003-2025-_altera_o_pccr1.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/351/projeto_resolucao_no_004_doacao_do_predio_da_camara.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/384/decreto_legislativo_-titulo_de_cidadao_marcos.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/511/parecer_n._22._pd_2.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/159/projeto_de_lei_001-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/160/projeto_de_lei_002-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/161/projeto_de_lei_003-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/162/projeto_de_lei_004-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/30/pl_no._005_de_10-03-2025-_altera_a_lei_contrato_temporario.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/348/pl_no._006_de_29-05-2025-_ratifica_protocolo_de_intencoes.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/451/pl_no._007_de_02-06-2025_-_leilao_1.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/460/pl_no._008_de_04-08-2025_-_doacao_de_veiculo_para_a_camara.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/521/projeto_de_lei__no_009_2025_ppa_de_2026_2029.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/522/projeto_de_lei__no_010_2025__da_ldo_de_2026.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/523/projeto_de_lei_011_2025_loa_de_2026.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/516/12._pl_no._012_de_28-10-2025_-_beneficio_fiscal_minha_casa_minha_vida.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/517/13._pl_no._013_de_28-10-2025_-_permissao_de_uso_raquel.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/158/projeto_de_lei__001-2025-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/349/projeto_de_lei_no_003-2025-_licenca_perido_mestrual_legislativo.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/350/projeto_de_lei_no_004-2025_transtorno_do_deficit_de_atencao_-_tda1_legislativo.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/501/projeto_de_lei_no_005-_feriado_municipal_legislativo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/514/projeto_de_lei_no_006-_proibicao_maus_tratos_animais.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/7/requerimento_05-_edivania.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/8/requerimento_06-_juninho.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/6/requerimento_05-2025-_erivando_e_miriam.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/315/requerimento_12_valdeir.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/323/requerimento_15_zogo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/324/requerimento_16_juninho_.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/329/requerimento_17_warlyton.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/328/requerimento_18_erivando_.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/334/requerimento_19_juninho_.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/417/requerimento_20_erivando.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/508/requerimento_021-2025_zogo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/527/requerimento_22_zogo.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/24/ata_2.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/25/ata_3.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/26/ata_4.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/28/ata_5_1.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/270/ata_10.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/322/ata_11.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/330/ata_12.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/331/ata_13.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/335/ata_14.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/336/ata_15.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/338/ata_16.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/341/ata_17.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/343/ata_18.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/345/ata_19.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/346/ata__20.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/450/ata_n._22.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/452/ata_23.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/455/ata_24.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/456/ata_25.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/458/ata_26.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/461/ata_27.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/463/ata_28.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/464/ata_29a.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/465/ata_30.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/467/ata_31.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/500/ata_32.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/503/ata_33.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/504/ata_34.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/505/ata_35.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/506/ata_36a.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/507/ata_37.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/509/ata_38.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/512/ata_39.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/513/ata_40.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/515/ata_41.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/518/ata_42_completa.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/520/ata_43.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/524/ata_44.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/525/ata_45.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/526/ata_46.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/528/ata_47.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/529/ata_48.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/532/ata_49.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/533/ata_50_1.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/163/projeto_de_lei_complementar_001-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/164/projeto_de_lei_complementar_002-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/29/plc_no._003_de_10-03-2025_-_piso_salarial_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/319/plc_no._004_-_estrutura_administrativa.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2025/462/veto_integral_-_autografo_no._012-2025_-_cria_despesa.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H110"/>
+  <dimension ref="A1:H111"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="62.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="132.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -3918,175 +3924,201 @@
       </c>
       <c r="B105">
         <v>2025</v>
       </c>
       <c r="C105">
         <v>49</v>
       </c>
       <c r="D105" t="s">
         <v>157</v>
       </c>
       <c r="E105" t="s">
         <v>158</v>
       </c>
       <c r="F105" t="s">
         <v>13</v>
       </c>
       <c r="G105" s="1" t="s">
         <v>249</v>
       </c>
       <c r="H105" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106">
-        <v>163</v>
+        <v>533</v>
       </c>
       <c r="B106">
         <v>2025</v>
       </c>
       <c r="C106">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="D106" t="s">
+        <v>157</v>
+      </c>
+      <c r="E106" t="s">
+        <v>158</v>
+      </c>
+      <c r="F106" t="s">
+        <v>13</v>
+      </c>
+      <c r="G106" s="1" t="s">
         <v>251</v>
       </c>
-      <c r="E106" t="s">
+      <c r="H106" t="s">
         <v>252</v>
-      </c>
-[...7 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="B107">
         <v>2025</v>
       </c>
       <c r="C107">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D107" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="E107" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F107" t="s">
         <v>88</v>
       </c>
       <c r="G107" s="1" t="s">
         <v>255</v>
       </c>
       <c r="H107" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108">
-        <v>29</v>
+        <v>164</v>
       </c>
       <c r="B108">
         <v>2025</v>
       </c>
       <c r="C108">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D108" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="E108" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F108" t="s">
         <v>88</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>257</v>
       </c>
       <c r="H108" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109">
-        <v>319</v>
+        <v>29</v>
       </c>
       <c r="B109">
         <v>2025</v>
       </c>
       <c r="C109">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D109" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="E109" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F109" t="s">
         <v>88</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>259</v>
       </c>
       <c r="H109" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110">
-        <v>462</v>
+        <v>319</v>
       </c>
       <c r="B110">
         <v>2025</v>
       </c>
       <c r="C110">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D110" t="s">
-        <v>261</v>
+        <v>253</v>
       </c>
       <c r="E110" t="s">
-        <v>262</v>
+        <v>254</v>
       </c>
       <c r="F110" t="s">
         <v>88</v>
       </c>
       <c r="G110" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="H110" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111">
+        <v>462</v>
+      </c>
+      <c r="B111">
+        <v>2025</v>
+      </c>
+      <c r="C111">
+        <v>1</v>
+      </c>
+      <c r="D111" t="s">
         <v>263</v>
       </c>
-      <c r="H110" t="s">
+      <c r="E111" t="s">
+        <v>264</v>
+      </c>
+      <c r="F111" t="s">
+        <v>88</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="H111" t="s">
         <v>72</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
@@ -4157,50 +4189,51 @@
     <hyperlink ref="G86" r:id="rId85"/>
     <hyperlink ref="G87" r:id="rId86"/>
     <hyperlink ref="G88" r:id="rId87"/>
     <hyperlink ref="G89" r:id="rId88"/>
     <hyperlink ref="G90" r:id="rId89"/>
     <hyperlink ref="G91" r:id="rId90"/>
     <hyperlink ref="G92" r:id="rId91"/>
     <hyperlink ref="G93" r:id="rId92"/>
     <hyperlink ref="G94" r:id="rId93"/>
     <hyperlink ref="G95" r:id="rId94"/>
     <hyperlink ref="G96" r:id="rId95"/>
     <hyperlink ref="G97" r:id="rId96"/>
     <hyperlink ref="G98" r:id="rId97"/>
     <hyperlink ref="G99" r:id="rId98"/>
     <hyperlink ref="G100" r:id="rId99"/>
     <hyperlink ref="G101" r:id="rId100"/>
     <hyperlink ref="G102" r:id="rId101"/>
     <hyperlink ref="G103" r:id="rId102"/>
     <hyperlink ref="G104" r:id="rId103"/>
     <hyperlink ref="G105" r:id="rId104"/>
     <hyperlink ref="G106" r:id="rId105"/>
     <hyperlink ref="G107" r:id="rId106"/>
     <hyperlink ref="G108" r:id="rId107"/>
     <hyperlink ref="G109" r:id="rId108"/>
     <hyperlink ref="G110" r:id="rId109"/>
+    <hyperlink ref="G111" r:id="rId110"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>