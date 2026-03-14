--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -10,101 +10,344 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="172" uniqueCount="98">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias/Autor/Nome do Autor</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Deivid Denner Fachinelli</t>
   </si>
   <si>
-    <t>http://64.23.136.137/sapl/public/materialegislativa/2026/535/indicacao_no_001-2026_-primeiros_socorros_-deivid.pdf</t>
+    <t>http://64.23.136.137/sapl/public/materialegislativa/2026/535/indicacao_01-2026_deivid.pdf</t>
   </si>
   <si>
     <t>Indica Ministração de Curso de Primeiros Socorros, e adota outras providências.</t>
   </si>
   <si>
+    <t>Warlyton Silva Martins</t>
+  </si>
+  <si>
+    <t>http://64.23.136.137/sapl/public/materialegislativa/2026/536/indicacao_02-2026_warlyton.pdf</t>
+  </si>
+  <si>
+    <t>Indica a realização de Concurso Público, e adota outras providências.</t>
+  </si>
+  <si>
+    <t>http://64.23.136.137/sapl/public/materialegislativa/2026/541/indicacao_003-deivid.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Denominação do Campo de Futebol “Gilberto das Neves Seles”, e adota outras providências.</t>
+  </si>
+  <si>
+    <t>Valdeir Junior Barbosa</t>
+  </si>
+  <si>
+    <t>http://64.23.136.137/sapl/public/materialegislativa/2026/542/indicacao_004-valdeir.pdf</t>
+  </si>
+  <si>
+    <t>Indica Estudo Técnico Financeiro, e adota outras providências.</t>
+  </si>
+  <si>
+    <t>http://64.23.136.137/sapl/public/materialegislativa/2026/543/indicacao_005-warlyton.pdf</t>
+  </si>
+  <si>
+    <t>Indica Implantação de Vale-Alimentação, e adota outras providências.</t>
+  </si>
+  <si>
+    <t>http://64.23.136.137/sapl/public/materialegislativa/2026/549/indicacao_06-warlyton.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Atualização do Plano de Cargos, Carreira e Remuneração dos servidores municipais e adota outras providências.</t>
+  </si>
+  <si>
+    <t>http://64.23.136.137/sapl/public/materialegislativa/2026/553/indicacao_07-_deivid.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo a denominação de via pública como “Rua Joventina Lopes Alexandre”, e adota outras providências.</t>
+  </si>
+  <si>
+    <t>José Maria Alves Pereira</t>
+  </si>
+  <si>
+    <t>http://64.23.136.137/sapl/public/materialegislativa/2026/558/indicacao_08-zogo.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Instalação de Câmeras de Monitoramento, e adota outras providências.</t>
+  </si>
+  <si>
+    <t>http://64.23.136.137/sapl/public/materialegislativa/2026/559/indicacao_09-warlyton.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Implantação de sistema de monitoramento em órgãos públicos, e adota outras providências.</t>
+  </si>
+  <si>
+    <t>Erivando Ribeiro Magalhães</t>
+  </si>
+  <si>
+    <t>http://64.23.136.137/sapl/public/materialegislativa/2026/562/indicacao_10_-_erivando.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Aquisição de uma Calcariadeira, e adota outras providências.</t>
+  </si>
+  <si>
+    <t>http://64.23.136.137/sapl/public/materialegislativa/2026/565/indicacao_no_011-2026_-alqueire-_zogo.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Aquisição de Alqueire de Terra, e adota outras providências.</t>
+  </si>
+  <si>
+    <t>http://64.23.136.137/sapl/public/materialegislativa/2026/569/indicacao_no_012-2026_-contratacao_de_maqueiro_-deivid_-.pdf</t>
+  </si>
+  <si>
+    <t>Indica Contratação de Maqueiro para a Unidade de Saúde Raimunda Pereira de Carvalho, no município de Nova Rosalândia, e adota outras providências.</t>
+  </si>
+  <si>
+    <t>PCOM</t>
+  </si>
+  <si>
+    <t>Parecer das Comissões</t>
+  </si>
+  <si>
+    <t>CCJR - Comissão de Constituição, Justiça e Redação</t>
+  </si>
+  <si>
+    <t>http://64.23.136.137/sapl/public/materialegislativa/2026/556/parecer_01-2026.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS SUBSÍDIOS DOS VEREADORES E DA REMUNERAÇÃO DOS SERVIDORES PÚBLICOS DO PODER LEGISLATIVO DA CÂMARA MUNICIPAL DE NOVA ROSALÂNDIA – TO, COM BASE NO IPCA/IBGE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>PRS</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>http://64.23.136.137/sapl/public/materialegislativa/2026/547/projeto_de_resolucao_no_001-2026_-_data_base_servidores.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS SUBSÍDIOS DOS VEREADORES E DA REMUNERAÇÃO DOS SERVIDORES PÚBLICOS DO PODER LEGISLATIVO DA CÂMARA MUNICIPAL DE NOVA ROSALÂNDIA – TO, COM BASE NO IPCA/IBGE, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
+  </si>
+  <si>
+    <t>PLE</t>
+  </si>
+  <si>
+    <t>Projeto de Lei do Executivo</t>
+  </si>
+  <si>
+    <t>ENOQUE PORTÍLIO CARDOSO</t>
+  </si>
+  <si>
+    <t>http://64.23.136.137/sapl/public/materialegislativa/2026/566/pl_no._001_de_27-02-2026_-_revisao_geral_anual_-_servidores_1.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a revisão geral anual dos proventos dos Servidores Públicos do Poder Executivo de Nova Rosalândia-To, e adota outras providências.</t>
+  </si>
+  <si>
+    <t>PLL</t>
+  </si>
+  <si>
+    <t>Projeto de Lei do Legislativo</t>
+  </si>
+  <si>
+    <t>http://64.23.136.137/</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A OBRIGATORIEDADE DA CAPACITAÇÃO EM NOÇÕES BÁSICAS DE PRIMEIROS SOCORROS DE PROFESSORES E FUNCIONÁRIOS DOS ESTABELECIMENTOS DE ENSINO PÚBLICOS E PRIVADOS NO ÂMBITO DO MUNICÍPIO DE NOVA ROSALÂNDIA/ TOCANTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>http://64.23.136.137/sapl/public/materialegislativa/2026/534/requerimento_no_001-2026_-_deivid.pdf</t>
-[...2 lines deleted...]
-    <t>Requer Gramagem no Campo de Futebol, e adota outras providências.</t>
+    <t>http://64.23.136.137/sapl/public/materialegislativa/2026/548/requerimento_001-erivando.pdf</t>
+  </si>
+  <si>
+    <t>Requer um veículo para atender às necessidades do Posto de Saúde do Distrito de Campo Maior, e adota outras providências.</t>
+  </si>
+  <si>
+    <t>Edivania Maria de Souza Santos</t>
+  </si>
+  <si>
+    <t>http://64.23.136.137/sapl/public/materialegislativa/2026/538/requerimento_002-edvania.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Concessão de folga ao Servidor Público Municipal na data de seu aniversário, e adota outras providências.</t>
+  </si>
+  <si>
+    <t>http://64.23.136.137/sapl/public/materialegislativa/2026/540/requerimento_003-_erivando.pdf</t>
+  </si>
+  <si>
+    <t>Requer a Construção de Quebra-Molas, e adota outras providências.</t>
+  </si>
+  <si>
+    <t>http://64.23.136.137/sapl/public/materialegislativa/2026/551/requerimento_04-_valdeir_.pdf</t>
+  </si>
+  <si>
+    <t>Requer Plotagem dos Veículos Oficiais do Município, e adota outras providências.</t>
+  </si>
+  <si>
+    <t>Cleomar Brito dos Santos Silva</t>
+  </si>
+  <si>
+    <t>http://64.23.136.137/sapl/public/materialegislativa/2026/554/requerimento_05-cleomar.pdf</t>
+  </si>
+  <si>
+    <t>Requer o controle da frota do Poder Executivo Municipal, e adota outras providências.</t>
+  </si>
+  <si>
+    <t>http://64.23.136.137/sapl/public/materialegislativa/2026/552/requerimento_06-deivid.pdf</t>
+  </si>
+  <si>
+    <t>Requer abertura de uma rua ligando o Residencial do Pequi à TO-255, por trás do posto de combustível, e adota outras providências.</t>
+  </si>
+  <si>
+    <t>http://64.23.136.137/sapl/public/materialegislativa/2026/555/requerimento_07-edivania_.pdf</t>
+  </si>
+  <si>
+    <t>Requer a Instalação de Bicicletários, e adota outras providências.</t>
+  </si>
+  <si>
+    <t>http://64.23.136.137/sapl/public/materialegislativa/2026/561/requerimento_8-_zogo.pdf</t>
+  </si>
+  <si>
+    <t>Requer Gradagem nos Canteiros às margens da Br 153, e adota outras providências.</t>
+  </si>
+  <si>
+    <t>ATAO</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Ordinária</t>
+  </si>
+  <si>
+    <t>Felix Gomes de Sousa Junior</t>
+  </si>
+  <si>
+    <t>http://64.23.136.137/sapl/public/materialegislativa/2026/537/ata_1-2026.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 1ª Sessão Ordinária da 2ª Sessão Legislativa da 10ª Legislatura.</t>
+  </si>
+  <si>
+    <t>http://64.23.136.137/sapl/public/materialegislativa/2026/544/ata_2.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 2ª Sessão Ordinária da 2ª Sessão Legislativa da 10ª Legislatura.</t>
+  </si>
+  <si>
+    <t>http://64.23.136.137/sapl/public/materialegislativa/2026/545/ata_3.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 3ª Sessão Ordinária da 2ª Sessão Legislativa da 10ª Legislatura.</t>
+  </si>
+  <si>
+    <t>http://64.23.136.137/sapl/public/materialegislativa/2026/550/ata_4.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 4ª Sessão Ordinária da 2ª Sessão Legislativa da 10ª Legislatura.</t>
+  </si>
+  <si>
+    <t>http://64.23.136.137/sapl/public/materialegislativa/2026/557/ata_5.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 5ª Sessão Ordinária da 2ª Sessão Legislativa da 10ª Legislatura.</t>
+  </si>
+  <si>
+    <t>http://64.23.136.137/sapl/public/materialegislativa/2026/560/ata_6.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 6ª Sessão Ordinária da 2ª Sessão Legislativa da 10ª Legislatura.</t>
+  </si>
+  <si>
+    <t>http://64.23.136.137/sapl/public/materialegislativa/2026/564/ata_07.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 7ª Sessão Ordinária da 2ª Sessão Legislativa da 10ª Legislatura.</t>
+  </si>
+  <si>
+    <t>http://64.23.136.137/sapl/public/materialegislativa/2026/567/ata_8.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 8ª Sessão Ordinária da 2ª Sessão Legislativa da 10ª Legislatura.</t>
+  </si>
+  <si>
+    <t>http://64.23.136.137/sapl/public/materialegislativa/2026/568/ata_9.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 9ª Sessão Ordinária da 2ª Sessão Legislativa da 10ª Legislatura.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -408,69 +651,69 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2026/535/indicacao_no_001-2026_-primeiros_socorros_-deivid.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2026/534/requerimento_no_001-2026_-_deivid.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2026/535/indicacao_01-2026_deivid.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2026/536/indicacao_02-2026_warlyton.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2026/541/indicacao_003-deivid.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2026/542/indicacao_004-valdeir.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2026/543/indicacao_005-warlyton.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2026/549/indicacao_06-warlyton.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2026/553/indicacao_07-_deivid.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2026/558/indicacao_08-zogo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2026/559/indicacao_09-warlyton.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2026/562/indicacao_10_-_erivando.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2026/565/indicacao_no_011-2026_-alqueire-_zogo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2026/569/indicacao_no_012-2026_-contratacao_de_maqueiro_-deivid_-.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2026/556/parecer_01-2026.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2026/547/projeto_de_resolucao_no_001-2026_-_data_base_servidores.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2026/566/pl_no._001_de_27-02-2026_-_revisao_geral_anual_-_servidores_1.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2026/548/requerimento_001-erivando.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2026/538/requerimento_002-edvania.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2026/540/requerimento_003-_erivando.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2026/551/requerimento_04-_valdeir_.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2026/554/requerimento_05-cleomar.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2026/552/requerimento_06-deivid.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2026/555/requerimento_07-edivania_.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2026/561/requerimento_8-_zogo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2026/537/ata_1-2026.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2026/544/ata_2.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2026/545/ata_3.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2026/550/ata_4.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2026/557/ata_5.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2026/560/ata_6.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2026/564/ata_07.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2026/567/ata_8.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.136.137/sapl/public/materialegislativa/2026/568/ata_9.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="28.7109375" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="71.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="46.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="117" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -483,78 +726,912 @@
       </c>
       <c r="B2">
         <v>2026</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="B3">
         <v>2026</v>
       </c>
       <c r="C3">
+        <v>2</v>
+      </c>
+      <c r="D3" t="s">
+        <v>8</v>
+      </c>
+      <c r="E3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8">
+      <c r="A4">
+        <v>541</v>
+      </c>
+      <c r="B4">
+        <v>2026</v>
+      </c>
+      <c r="C4">
+        <v>3</v>
+      </c>
+      <c r="D4" t="s">
+        <v>8</v>
+      </c>
+      <c r="E4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H4" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5">
+        <v>542</v>
+      </c>
+      <c r="B5">
+        <v>2026</v>
+      </c>
+      <c r="C5">
+        <v>4</v>
+      </c>
+      <c r="D5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E5" t="s">
+        <v>9</v>
+      </c>
+      <c r="F5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H5" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6">
+        <v>543</v>
+      </c>
+      <c r="B6">
+        <v>2026</v>
+      </c>
+      <c r="C6">
+        <v>5</v>
+      </c>
+      <c r="D6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="H6" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7">
+        <v>549</v>
+      </c>
+      <c r="B7">
+        <v>2026</v>
+      </c>
+      <c r="C7">
+        <v>6</v>
+      </c>
+      <c r="D7" t="s">
+        <v>8</v>
+      </c>
+      <c r="E7" t="s">
+        <v>9</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H7" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8">
+        <v>553</v>
+      </c>
+      <c r="B8">
+        <v>2026</v>
+      </c>
+      <c r="C8">
+        <v>7</v>
+      </c>
+      <c r="D8" t="s">
+        <v>8</v>
+      </c>
+      <c r="E8" t="s">
+        <v>9</v>
+      </c>
+      <c r="F8" t="s">
+        <v>10</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9">
+        <v>558</v>
+      </c>
+      <c r="B9">
+        <v>2026</v>
+      </c>
+      <c r="C9">
+        <v>8</v>
+      </c>
+      <c r="D9" t="s">
+        <v>8</v>
+      </c>
+      <c r="E9" t="s">
+        <v>9</v>
+      </c>
+      <c r="F9" t="s">
+        <v>27</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="H9" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10">
+        <v>559</v>
+      </c>
+      <c r="B10">
+        <v>2026</v>
+      </c>
+      <c r="C10">
+        <v>9</v>
+      </c>
+      <c r="D10" t="s">
+        <v>8</v>
+      </c>
+      <c r="E10" t="s">
+        <v>9</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="H10" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11">
+        <v>562</v>
+      </c>
+      <c r="B11">
+        <v>2026</v>
+      </c>
+      <c r="C11">
+        <v>10</v>
+      </c>
+      <c r="D11" t="s">
+        <v>8</v>
+      </c>
+      <c r="E11" t="s">
+        <v>9</v>
+      </c>
+      <c r="F11" t="s">
+        <v>32</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H11" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12">
+        <v>565</v>
+      </c>
+      <c r="B12">
+        <v>2026</v>
+      </c>
+      <c r="C12">
+        <v>11</v>
+      </c>
+      <c r="D12" t="s">
+        <v>8</v>
+      </c>
+      <c r="E12" t="s">
+        <v>9</v>
+      </c>
+      <c r="F12" t="s">
+        <v>27</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="H12" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13">
+        <v>569</v>
+      </c>
+      <c r="B13">
+        <v>2026</v>
+      </c>
+      <c r="C13">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>8</v>
+      </c>
+      <c r="E13" t="s">
+        <v>9</v>
+      </c>
+      <c r="F13" t="s">
+        <v>10</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H13" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14">
+        <v>556</v>
+      </c>
+      <c r="B14">
+        <v>2026</v>
+      </c>
+      <c r="C14">
         <v>1</v>
       </c>
-      <c r="D3" t="s">
-[...5 lines deleted...]
-      <c r="F3" t="s">
+      <c r="D14" t="s">
+        <v>39</v>
+      </c>
+      <c r="E14" t="s">
+        <v>40</v>
+      </c>
+      <c r="F14" t="s">
+        <v>41</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="H14" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15">
+        <v>547</v>
+      </c>
+      <c r="B15">
+        <v>2026</v>
+      </c>
+      <c r="C15">
+        <v>1</v>
+      </c>
+      <c r="D15" t="s">
+        <v>44</v>
+      </c>
+      <c r="E15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H15" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16">
+        <v>566</v>
+      </c>
+      <c r="B16">
+        <v>2026</v>
+      </c>
+      <c r="C16">
+        <v>1</v>
+      </c>
+      <c r="D16" t="s">
+        <v>48</v>
+      </c>
+      <c r="E16" t="s">
+        <v>49</v>
+      </c>
+      <c r="F16" t="s">
+        <v>50</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="H16" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17">
+        <v>546</v>
+      </c>
+      <c r="B17">
+        <v>2026</v>
+      </c>
+      <c r="C17">
+        <v>1</v>
+      </c>
+      <c r="D17" t="s">
+        <v>53</v>
+      </c>
+      <c r="E17" t="s">
+        <v>54</v>
+      </c>
+      <c r="F17" t="s">
+        <v>18</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H17" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18">
+        <v>548</v>
+      </c>
+      <c r="B18">
+        <v>2026</v>
+      </c>
+      <c r="C18">
+        <v>1</v>
+      </c>
+      <c r="D18" t="s">
+        <v>57</v>
+      </c>
+      <c r="E18" t="s">
+        <v>58</v>
+      </c>
+      <c r="F18" t="s">
+        <v>32</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H18" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19">
+        <v>538</v>
+      </c>
+      <c r="B19">
+        <v>2026</v>
+      </c>
+      <c r="C19">
+        <v>2</v>
+      </c>
+      <c r="D19" t="s">
+        <v>57</v>
+      </c>
+      <c r="E19" t="s">
+        <v>58</v>
+      </c>
+      <c r="F19" t="s">
+        <v>61</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H19" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20">
+        <v>540</v>
+      </c>
+      <c r="B20">
+        <v>2026</v>
+      </c>
+      <c r="C20">
+        <v>3</v>
+      </c>
+      <c r="D20" t="s">
+        <v>57</v>
+      </c>
+      <c r="E20" t="s">
+        <v>58</v>
+      </c>
+      <c r="F20" t="s">
+        <v>32</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="H20" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21">
+        <v>551</v>
+      </c>
+      <c r="B21">
+        <v>2026</v>
+      </c>
+      <c r="C21">
+        <v>4</v>
+      </c>
+      <c r="D21" t="s">
+        <v>57</v>
+      </c>
+      <c r="E21" t="s">
+        <v>58</v>
+      </c>
+      <c r="F21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="H21" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22">
+        <v>554</v>
+      </c>
+      <c r="B22">
+        <v>2026</v>
+      </c>
+      <c r="C22">
+        <v>5</v>
+      </c>
+      <c r="D22" t="s">
+        <v>57</v>
+      </c>
+      <c r="E22" t="s">
+        <v>58</v>
+      </c>
+      <c r="F22" t="s">
+        <v>68</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="H22" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23">
+        <v>552</v>
+      </c>
+      <c r="B23">
+        <v>2026</v>
+      </c>
+      <c r="C23">
+        <v>6</v>
+      </c>
+      <c r="D23" t="s">
+        <v>57</v>
+      </c>
+      <c r="E23" t="s">
+        <v>58</v>
+      </c>
+      <c r="F23" t="s">
         <v>10</v>
       </c>
-      <c r="G3" s="1" t="s">
-[...3 lines deleted...]
-        <v>16</v>
+      <c r="G23" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="H23" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24">
+        <v>555</v>
+      </c>
+      <c r="B24">
+        <v>2026</v>
+      </c>
+      <c r="C24">
+        <v>7</v>
+      </c>
+      <c r="D24" t="s">
+        <v>57</v>
+      </c>
+      <c r="E24" t="s">
+        <v>58</v>
+      </c>
+      <c r="F24" t="s">
+        <v>61</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H24" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25">
+        <v>561</v>
+      </c>
+      <c r="B25">
+        <v>2026</v>
+      </c>
+      <c r="C25">
+        <v>8</v>
+      </c>
+      <c r="D25" t="s">
+        <v>57</v>
+      </c>
+      <c r="E25" t="s">
+        <v>58</v>
+      </c>
+      <c r="F25" t="s">
+        <v>27</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="H25" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26">
+        <v>537</v>
+      </c>
+      <c r="B26">
+        <v>2026</v>
+      </c>
+      <c r="C26">
+        <v>1</v>
+      </c>
+      <c r="D26" t="s">
+        <v>77</v>
+      </c>
+      <c r="E26" t="s">
+        <v>78</v>
+      </c>
+      <c r="F26" t="s">
+        <v>79</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="H26" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27">
+        <v>544</v>
+      </c>
+      <c r="B27">
+        <v>2026</v>
+      </c>
+      <c r="C27">
+        <v>2</v>
+      </c>
+      <c r="D27" t="s">
+        <v>77</v>
+      </c>
+      <c r="E27" t="s">
+        <v>78</v>
+      </c>
+      <c r="F27" t="s">
+        <v>79</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="H27" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28">
+        <v>545</v>
+      </c>
+      <c r="B28">
+        <v>2026</v>
+      </c>
+      <c r="C28">
+        <v>3</v>
+      </c>
+      <c r="D28" t="s">
+        <v>77</v>
+      </c>
+      <c r="E28" t="s">
+        <v>78</v>
+      </c>
+      <c r="F28" t="s">
+        <v>79</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H28" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29">
+        <v>550</v>
+      </c>
+      <c r="B29">
+        <v>2026</v>
+      </c>
+      <c r="C29">
+        <v>4</v>
+      </c>
+      <c r="D29" t="s">
+        <v>77</v>
+      </c>
+      <c r="E29" t="s">
+        <v>78</v>
+      </c>
+      <c r="F29" t="s">
+        <v>79</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="H29" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30">
+        <v>557</v>
+      </c>
+      <c r="B30">
+        <v>2026</v>
+      </c>
+      <c r="C30">
+        <v>5</v>
+      </c>
+      <c r="D30" t="s">
+        <v>77</v>
+      </c>
+      <c r="E30" t="s">
+        <v>78</v>
+      </c>
+      <c r="F30" t="s">
+        <v>79</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="H30" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31">
+        <v>560</v>
+      </c>
+      <c r="B31">
+        <v>2026</v>
+      </c>
+      <c r="C31">
+        <v>6</v>
+      </c>
+      <c r="D31" t="s">
+        <v>77</v>
+      </c>
+      <c r="E31" t="s">
+        <v>78</v>
+      </c>
+      <c r="F31" t="s">
+        <v>79</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="H31" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32">
+        <v>564</v>
+      </c>
+      <c r="B32">
+        <v>2026</v>
+      </c>
+      <c r="C32">
+        <v>7</v>
+      </c>
+      <c r="D32" t="s">
+        <v>77</v>
+      </c>
+      <c r="E32" t="s">
+        <v>78</v>
+      </c>
+      <c r="F32" t="s">
+        <v>79</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="H32" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33">
+        <v>567</v>
+      </c>
+      <c r="B33">
+        <v>2026</v>
+      </c>
+      <c r="C33">
+        <v>8</v>
+      </c>
+      <c r="D33" t="s">
+        <v>77</v>
+      </c>
+      <c r="E33" t="s">
+        <v>78</v>
+      </c>
+      <c r="F33" t="s">
+        <v>79</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="H33" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34">
+        <v>568</v>
+      </c>
+      <c r="B34">
+        <v>2026</v>
+      </c>
+      <c r="C34">
+        <v>9</v>
+      </c>
+      <c r="D34" t="s">
+        <v>77</v>
+      </c>
+      <c r="E34" t="s">
+        <v>78</v>
+      </c>
+      <c r="F34" t="s">
+        <v>79</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="H34" t="s">
+        <v>97</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
+    <hyperlink ref="G4" r:id="rId3"/>
+    <hyperlink ref="G5" r:id="rId4"/>
+    <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>